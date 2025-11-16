--- v0 (2025-10-26)
+++ v1 (2025-11-16)
@@ -78,66 +78,66 @@
       <w:r w:rsidRPr="00AB011D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>the ABRG program</w:t>
       </w:r>
       <w:r w:rsidRPr="76A2CFE2">
         <w:t>”) are required to submit a Resilience Plan to support their applications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4327B813" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:r w:rsidRPr="76A2CFE2">
         <w:t>This document template provides a guide as to the key elements of a Resilience Plan which will be used to assess applications (</w:t>
       </w:r>
       <w:r w:rsidRPr="76A2CFE2">
         <w:rPr>
           <w:color w:val="00863D"/>
         </w:rPr>
         <w:t>coloured text is guiding only and should be deleted prior to submission</w:t>
       </w:r>
       <w:r w:rsidRPr="76A2CFE2">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E5A9F19" w14:textId="416273A9" w:rsidR="001F0E12" w:rsidRPr="001F0E12" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
+    <w:p w14:paraId="1E5A9F19" w14:textId="3888E7D3" w:rsidR="001F0E12" w:rsidRPr="001F0E12" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="001F0E12">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001F0E12">
         <w:tab/>
         <w:t xml:space="preserve">Project </w:t>
       </w:r>
-      <w:r>
-        <w:t>Details</w:t>
+      <w:r w:rsidR="002E2059">
+        <w:t xml:space="preserve">overview </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3823"/>
         <w:gridCol w:w="5811"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F0E12" w:rsidRPr="00A4194A" w14:paraId="7E7B05D7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBEDFF"/>
           </w:tcPr>
           <w:p w14:paraId="08E3AB01" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRPr="00DD470C" w:rsidRDefault="001F0E12">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -738,62 +738,68 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Organisation name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5811" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="543ED60F" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRPr="00DD470C" w:rsidRDefault="001F0E12"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="365A123E" w14:textId="77777777" w:rsidR="00C96480" w:rsidRDefault="00C96480"/>
     <w:p w14:paraId="5D9EA4B2" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRDefault="001F0E12"/>
-    <w:p w14:paraId="52791C97" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRPr="00452085" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
+    <w:p w14:paraId="52791C97" w14:textId="292DC509" w:rsidR="001F0E12" w:rsidRPr="00452085" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00452085">
-        <w:t>Project Summary</w:t>
+        <w:t xml:space="preserve">Project </w:t>
+      </w:r>
+      <w:r w:rsidR="002E2059">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452085">
+        <w:t>ummary</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B4AA965" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRPr="00AB011D" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="76A2CFE2">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t>Description of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
@@ -919,62 +925,68 @@
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t>economic, operational, industry/workforce or environmental consequences; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39B5193D" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRPr="007F5AFE" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="76A2CFE2">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t>any supporting data or evidence (e.g. harvest/catch loss, revenue decline etc.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73961B17" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRPr="007F5AFE" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
+    <w:p w14:paraId="73961B17" w14:textId="61AFBAFF" w:rsidR="001F0E12" w:rsidRPr="007F5AFE" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007F5AFE">
-        <w:t>Project Details</w:t>
+        <w:t xml:space="preserve">Project </w:t>
+      </w:r>
+      <w:r w:rsidR="002E2059">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5AFE">
+        <w:t>etails</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="609A2AB4" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRPr="007F5AFE" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F5AFE">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t>Outline your proposed resilience project including description of the activities, equipment or systems</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15652412" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRPr="001F333F" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
@@ -1353,63 +1365,72 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D016496" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRPr="001F333F" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F333F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t>Outline why the project could not proceed without government assistance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="497CBAD7" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRPr="00452085" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
+    <w:p w14:paraId="497CBAD7" w14:textId="67EED631" w:rsidR="001F0E12" w:rsidRPr="00452085" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Market Analysis &amp; </w:t>
+        <w:t xml:space="preserve">Market </w:t>
+      </w:r>
+      <w:r w:rsidR="002E2059">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">nalysis &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="002E2059">
+        <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00452085">
-        <w:t>Options</w:t>
+        <w:t>ptions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5118969B" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRPr="001F333F" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F333F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t>Outline any market analysis undertaken which ha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="00B050"/>
@@ -1422,65 +1443,77 @@
         </w:rPr>
         <w:t xml:space="preserve"> influenced the scope of the project (including opportunities, trends, size, competitors, barriers to entry).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3756A39B" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRPr="001F333F" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F333F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t>Identify what other options have been explored and respective merit/risks etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11CF4F59" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRPr="00452085" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
+    <w:p w14:paraId="11CF4F59" w14:textId="11F540D5" w:rsidR="001F0E12" w:rsidRPr="00452085" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>6.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00452085">
         <w:t>Implementation</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> &amp; Performance Milestones</w:t>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="002E2059">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">erformance </w:t>
+      </w:r>
+      <w:r w:rsidR="002E2059">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ilestones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5923BB3C" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRPr="001F333F" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F333F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t>Demonstrate that the organisation has the managerial capability to implement the project</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AD2C596" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
@@ -1964,69 +1997,81 @@
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>[NOTE: detailed project costings, profit &amp; loss and cashflow projections can be submitted via other files e.g. excel documents].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2851CF85" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRPr="00452085" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>8.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00452085">
         <w:t>Risks</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6592EA98" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRPr="001F333F" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
+    <w:p w14:paraId="6592EA98" w14:textId="28E67C95" w:rsidR="001F0E12" w:rsidRPr="001F333F" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F333F">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
-        <w:t xml:space="preserve">Outline key risks associated with the project and proposed strategies to manage those risks.  For example, key risks might include the ability to obtain additional financial contributions; to implement the project safely; on time; and on budget. </w:t>
+        <w:t xml:space="preserve">Outline </w:t>
+      </w:r>
+      <w:r w:rsidR="007917EE">
+        <w:rPr>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 or more </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F333F">
+        <w:rPr>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve">key risks associated with the project and proposed strategies to manage those risks.  For example, key risks might include the ability to obtain additional financial contributions; to implement the project safely; on time; and on budget. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="503EBBC9" w14:textId="77777777" w:rsidR="001F0E12" w:rsidRDefault="001F0E12" w:rsidP="001F0E12">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="76A2CFE2">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t>You may use the table below to summarise the project’s risks.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
@@ -4350,61 +4395,61 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5A201885" w14:textId="77777777" w:rsidR="00292E0B" w:rsidRDefault="00292E0B" w:rsidP="00065B2F"/>
     <w:sectPr w:rsidR="00292E0B" w:rsidSect="001F0E12">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2672" w:right="1111" w:bottom="1440" w:left="1156" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="097F7B59" w14:textId="77777777" w:rsidR="00F810D8" w:rsidRDefault="00F810D8" w:rsidP="001F0E12">
+    <w:p w14:paraId="170231C1" w14:textId="77777777" w:rsidR="00F810D8" w:rsidRDefault="00F810D8" w:rsidP="001F0E12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26B8A793" w14:textId="77777777" w:rsidR="00F810D8" w:rsidRDefault="00F810D8" w:rsidP="001F0E12">
+    <w:p w14:paraId="68BB40BE" w14:textId="77777777" w:rsidR="00F810D8" w:rsidRDefault="00F810D8" w:rsidP="001F0E12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4426,51 +4471,51 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4E14DFDC" w14:textId="2D2E7D87" w:rsidR="00423045" w:rsidRDefault="00423045">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B927470" wp14:editId="27D28CF6">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
@@ -4794,61 +4839,61 @@
                     <w:r w:rsidRPr="00423045">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A4FB6A1" w14:textId="77777777" w:rsidR="00F810D8" w:rsidRDefault="00F810D8" w:rsidP="001F0E12">
+    <w:p w14:paraId="3410758A" w14:textId="77777777" w:rsidR="00F810D8" w:rsidRDefault="00F810D8" w:rsidP="001F0E12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11D17218" w14:textId="77777777" w:rsidR="00F810D8" w:rsidRDefault="00F810D8" w:rsidP="001F0E12">
+    <w:p w14:paraId="3F41B1F6" w14:textId="77777777" w:rsidR="00F810D8" w:rsidRDefault="00F810D8" w:rsidP="001F0E12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14B875A3" w14:textId="5FCF1932" w:rsidR="00423045" w:rsidRDefault="00423045">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27067878" wp14:editId="188133C0">
@@ -5966,113 +6011,126 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="941960279">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1777016516">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1087077909">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="138546715">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1844543321">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001F0E12"/>
     <w:rsid w:val="000512DF"/>
     <w:rsid w:val="00065B2F"/>
     <w:rsid w:val="00170CF5"/>
+    <w:rsid w:val="001C31D5"/>
     <w:rsid w:val="001E2DFA"/>
     <w:rsid w:val="001F0E12"/>
     <w:rsid w:val="00212BED"/>
+    <w:rsid w:val="00221E3C"/>
     <w:rsid w:val="00237A12"/>
     <w:rsid w:val="0025659F"/>
     <w:rsid w:val="00292E0B"/>
+    <w:rsid w:val="002D766B"/>
+    <w:rsid w:val="002E2059"/>
     <w:rsid w:val="00327DFC"/>
     <w:rsid w:val="003D7865"/>
     <w:rsid w:val="003E1134"/>
     <w:rsid w:val="003F7C14"/>
     <w:rsid w:val="00423045"/>
+    <w:rsid w:val="004447A6"/>
     <w:rsid w:val="004B0271"/>
     <w:rsid w:val="004C0134"/>
     <w:rsid w:val="004E390B"/>
     <w:rsid w:val="00587967"/>
     <w:rsid w:val="006C2D73"/>
+    <w:rsid w:val="006E4A7C"/>
+    <w:rsid w:val="00720155"/>
     <w:rsid w:val="0072787B"/>
     <w:rsid w:val="007639EF"/>
+    <w:rsid w:val="007917EE"/>
     <w:rsid w:val="00796D46"/>
     <w:rsid w:val="007C47AB"/>
+    <w:rsid w:val="007F74BF"/>
     <w:rsid w:val="00823694"/>
     <w:rsid w:val="008C5B80"/>
     <w:rsid w:val="009213FE"/>
     <w:rsid w:val="00942FE5"/>
     <w:rsid w:val="0097394A"/>
+    <w:rsid w:val="009D5EBF"/>
     <w:rsid w:val="009E0E82"/>
+    <w:rsid w:val="00A06203"/>
     <w:rsid w:val="00A11533"/>
     <w:rsid w:val="00A3655A"/>
     <w:rsid w:val="00AB0A51"/>
     <w:rsid w:val="00B222E7"/>
     <w:rsid w:val="00BA41B5"/>
     <w:rsid w:val="00BA47B8"/>
     <w:rsid w:val="00C2115C"/>
     <w:rsid w:val="00C77043"/>
     <w:rsid w:val="00C96480"/>
+    <w:rsid w:val="00C97810"/>
+    <w:rsid w:val="00C9797C"/>
     <w:rsid w:val="00CD6B7C"/>
     <w:rsid w:val="00CE1137"/>
     <w:rsid w:val="00CF1785"/>
     <w:rsid w:val="00DB215D"/>
     <w:rsid w:val="00DD2033"/>
     <w:rsid w:val="00DD2627"/>
     <w:rsid w:val="00E71951"/>
     <w:rsid w:val="00F23F24"/>
     <w:rsid w:val="00F66E50"/>
     <w:rsid w:val="00F810D8"/>
     <w:rsid w:val="00F87971"/>
     <w:rsid w:val="00FC731D"/>
     <w:rsid w:val="00FF7BF6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -7454,63 +7512,52 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="421ede1f-9642-4649-9469-39e48bc5e1de" xmlns:ns3="5b6f9df3-3925-4ac6-8997-c2f17e93745c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c923f5dada9e1e95fd72889599c10664" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010040936E7CB41D304CBC3966A1F7AC40D1" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8ed25d7ad19591896ac3112f7e6b04b7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="421ede1f-9642-4649-9469-39e48bc5e1de" xmlns:ns3="5b6f9df3-3925-4ac6-8997-c2f17e93745c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dc5f0a39be5364fe6f3ce618fc8349ff" ns2:_="" ns3:_="">
     <xsd:import namespace="421ede1f-9642-4649-9469-39e48bc5e1de"/>
     <xsd:import namespace="5b6f9df3-3925-4ac6-8997-c2f17e93745c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -7677,118 +7724,135 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="421ede1f-9642-4649-9469-39e48bc5e1de">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5b6f9df3-3925-4ac6-8997-c2f17e93745c" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11DD15FB-CF60-4230-843B-75F866648593}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{770E3A79-5113-474E-9FE4-8A7EDAF332C0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="421ede1f-9642-4649-9469-39e48bc5e1de"/>
     <ds:schemaRef ds:uri="5b6f9df3-3925-4ac6-8997-c2f17e93745c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AFEE553A-20DD-4769-B0C8-3409D40CAC22}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6128B73-36EB-4E03-8B13-B0578633E335}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="421ede1f-9642-4649-9469-39e48bc5e1de"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="5b6f9df3-3925-4ac6-8997-c2f17e93745c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>984</Words>
-  <Characters>6097</Characters>
+  <Words>997</Words>
+  <Characters>6168</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>246</Lines>
-  <Paragraphs>131</Paragraphs>
+  <Lines>257</Lines>
+  <Paragraphs>152</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6989</CharactersWithSpaces>
+  <CharactersWithSpaces>7013</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jordan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingHeaderShapeIds">
     <vt:lpwstr>44216f99,329ec507,5855ddf8</vt:lpwstr>
   </property>